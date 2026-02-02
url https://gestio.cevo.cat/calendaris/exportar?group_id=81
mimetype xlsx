--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>temporada</t>
   </si>
   <si>
     <t>esport</t>
   </si>
   <si>
     <t>categoria</t>
   </si>
   <si>
     <t>grup</t>
   </si>
   <si>
     <t>data</t>
   </si>
   <si>
     <t>local</t>
   </si>
   <si>
     <t>visitant</t>
   </si>
   <si>
     <t>pista</t>
   </si>
   <si>
@@ -116,75 +116,111 @@
   <si>
     <t>CH MONTORNES</t>
   </si>
   <si>
     <t>KH7 FBMG JERNEST ARMENGOL</t>
   </si>
   <si>
     <t>MONTORNES C/ Sorralet dels Catanyers s/n</t>
   </si>
   <si>
     <t>REPOSA</t>
   </si>
   <si>
     <t>KH7 FBMG M.CAPDEVILA</t>
   </si>
   <si>
     <t>A DESIGNAR</t>
   </si>
   <si>
     <t>sense hora</t>
   </si>
   <si>
     <t>25/10/2025</t>
   </si>
   <si>
+    <t>SA VILAMAJOR-Pavelló Joan Sape</t>
+  </si>
+  <si>
+    <t>11:30</t>
+  </si>
+  <si>
     <t>SE PALAU-Pav Quatre Hereus</t>
   </si>
   <si>
     <t>GRANOLLERS-Pav Mcpal Tub</t>
   </si>
   <si>
-    <t>11:30</t>
-[...1 lines deleted...]
-  <si>
     <t>08/11/2025</t>
   </si>
   <si>
+    <t>13:00</t>
+  </si>
+  <si>
+    <t>ROCA - Pavelló Joaquin Planas (PN)</t>
+  </si>
+  <si>
+    <t>10:15</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>17:45</t>
+  </si>
+  <si>
+    <t>GARRIGA LA-Pav Can Noguera</t>
+  </si>
+  <si>
     <t>15/11/2025</t>
   </si>
   <si>
+    <t>GRANOLLERS-Annexe Palau</t>
+  </si>
+  <si>
+    <t>11:00</t>
+  </si>
+  <si>
     <t>22/11/2025</t>
   </si>
   <si>
     <t>29/11/2025</t>
   </si>
   <si>
     <t>13/12/2025</t>
   </si>
   <si>
+    <t>14/12/2025</t>
+  </si>
+  <si>
     <t>20/12/2025</t>
+  </si>
+  <si>
+    <t>09:09</t>
+  </si>
+  <si>
+    <t>12:00</t>
   </si>
   <si>
     <t>17/01/2026</t>
   </si>
   <si>
     <t>24/01/2026</t>
   </si>
   <si>
     <t>31/01/2026</t>
   </si>
   <si>
     <t>07/02/2026</t>
   </si>
   <si>
     <t>21/02/2026</t>
   </si>
   <si>
     <t>28/02/2026</t>
   </si>
   <si>
     <t>07/03/2026</t>
   </si>
   <si>
     <t>14/03/2026</t>
   </si>
@@ -723,112 +759,112 @@
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>33</v>
       </c>
       <c r="F8" t="s">
         <v>23</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>9</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>33</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
         <v>29</v>
       </c>
       <c r="H10" t="s">
@@ -839,2362 +875,2362 @@
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>9</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>33</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>18</v>
       </c>
       <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>9</v>
       </c>
       <c r="B12" t="s">
         <v>10</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F12" t="s">
         <v>29</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
       <c r="H12" t="s">
         <v>31</v>
       </c>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>9</v>
       </c>
       <c r="B13" t="s">
         <v>10</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F13" t="s">
         <v>26</v>
       </c>
       <c r="G13" t="s">
         <v>19</v>
       </c>
       <c r="H13" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>9</v>
       </c>
       <c r="B14" t="s">
         <v>10</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>22</v>
       </c>
       <c r="G14" t="s">
         <v>30</v>
       </c>
       <c r="H14" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I14" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
         <v>10</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
         <v>27</v>
       </c>
       <c r="H15" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I15" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>23</v>
       </c>
       <c r="H16" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I16" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
         <v>10</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>30</v>
       </c>
       <c r="G17" t="s">
         <v>26</v>
       </c>
       <c r="H17" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I17" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>18</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="I18" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>9</v>
       </c>
       <c r="B19" t="s">
         <v>10</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>27</v>
       </c>
       <c r="G19" t="s">
         <v>29</v>
       </c>
       <c r="H19" t="s">
         <v>31</v>
       </c>
       <c r="I19" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>23</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I20" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
         <v>10</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>19</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I21" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
         <v>10</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>29</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22" t="s">
         <v>31</v>
       </c>
       <c r="I22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
         <v>10</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F23" t="s">
         <v>26</v>
       </c>
       <c r="G23" t="s">
         <v>18</v>
       </c>
       <c r="H23" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I23" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
         <v>10</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F24" t="s">
         <v>27</v>
       </c>
       <c r="G24" t="s">
         <v>23</v>
       </c>
       <c r="H24" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I24" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
         <v>10</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
         <v>19</v>
       </c>
       <c r="H25" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I25" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
         <v>10</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F26" t="s">
         <v>14</v>
       </c>
       <c r="G26" t="s">
         <v>30</v>
       </c>
       <c r="H26" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="I26" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>9</v>
       </c>
       <c r="B27" t="s">
         <v>10</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" t="s">
         <v>15</v>
       </c>
       <c r="H27" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I27" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>9</v>
       </c>
       <c r="B28" t="s">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F28" t="s">
         <v>18</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="I28" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>9</v>
       </c>
       <c r="B29" t="s">
         <v>10</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F29" t="s">
         <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>26</v>
       </c>
       <c r="H29" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I29" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30" t="s">
         <v>10</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F30" t="s">
         <v>23</v>
       </c>
       <c r="G30" t="s">
         <v>29</v>
       </c>
       <c r="H30" t="s">
         <v>31</v>
       </c>
       <c r="I30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>9</v>
       </c>
       <c r="B31" t="s">
         <v>10</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F31" t="s">
         <v>19</v>
       </c>
       <c r="G31" t="s">
         <v>27</v>
       </c>
       <c r="H31" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I31" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>9</v>
       </c>
       <c r="B32" t="s">
         <v>10</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F32" t="s">
         <v>29</v>
       </c>
       <c r="G32" t="s">
         <v>26</v>
       </c>
       <c r="H32" t="s">
         <v>31</v>
       </c>
       <c r="I32" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>9</v>
       </c>
       <c r="B33" t="s">
         <v>10</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="F33" t="s">
         <v>23</v>
       </c>
       <c r="G33" t="s">
         <v>19</v>
       </c>
       <c r="H33" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I33" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>9</v>
       </c>
       <c r="B34" t="s">
         <v>10</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F34" t="s">
         <v>27</v>
       </c>
       <c r="G34" t="s">
         <v>30</v>
       </c>
       <c r="H34" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I34" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>9</v>
       </c>
       <c r="B35" t="s">
         <v>10</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
         <v>18</v>
       </c>
       <c r="H35" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I35" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>9</v>
       </c>
       <c r="B36" t="s">
         <v>10</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="F36" t="s">
         <v>14</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="I36" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>9</v>
       </c>
       <c r="B37" t="s">
         <v>10</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F37" t="s">
         <v>29</v>
       </c>
       <c r="G37" t="s">
         <v>19</v>
       </c>
       <c r="H37" t="s">
         <v>31</v>
       </c>
       <c r="I37" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>9</v>
       </c>
       <c r="B38" t="s">
         <v>10</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F38" t="s">
         <v>26</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I38" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>9</v>
       </c>
       <c r="B39" t="s">
         <v>10</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
       <c r="H39" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I39" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>9</v>
       </c>
       <c r="B40" t="s">
         <v>10</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F40" t="s">
         <v>18</v>
       </c>
       <c r="G40" t="s">
         <v>27</v>
       </c>
       <c r="H40" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="I40" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>9</v>
       </c>
       <c r="B41" t="s">
         <v>10</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="F41" t="s">
         <v>30</v>
       </c>
       <c r="G41" t="s">
         <v>23</v>
       </c>
       <c r="H41" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I41" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>9</v>
       </c>
       <c r="B42" t="s">
         <v>10</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F42" t="s">
         <v>14</v>
       </c>
       <c r="G42" t="s">
         <v>29</v>
       </c>
       <c r="H42" t="s">
         <v>31</v>
       </c>
       <c r="I42" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>9</v>
       </c>
       <c r="B43" t="s">
         <v>10</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
         <v>26</v>
       </c>
       <c r="H43" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I43" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>9</v>
       </c>
       <c r="B44" t="s">
         <v>10</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F44" t="s">
         <v>27</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I44" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>9</v>
       </c>
       <c r="B45" t="s">
         <v>10</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F45" t="s">
         <v>23</v>
       </c>
       <c r="G45" t="s">
         <v>18</v>
       </c>
       <c r="H45" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I45" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>9</v>
       </c>
       <c r="B46" t="s">
         <v>10</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="F46" t="s">
         <v>19</v>
       </c>
       <c r="G46" t="s">
         <v>30</v>
       </c>
       <c r="H46" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I46" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>9</v>
       </c>
       <c r="B47" t="s">
         <v>10</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I47" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>9</v>
       </c>
       <c r="B48" t="s">
         <v>10</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="F48" t="s">
         <v>19</v>
       </c>
       <c r="G48" t="s">
         <v>18</v>
       </c>
       <c r="H48" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I48" t="s">
-        <v>32</v>
+        <v>41</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>9</v>
       </c>
       <c r="B49" t="s">
         <v>10</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="F49" t="s">
         <v>23</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I49" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>9</v>
       </c>
       <c r="B50" t="s">
         <v>10</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="F50" t="s">
         <v>27</v>
       </c>
       <c r="G50" t="s">
         <v>26</v>
       </c>
       <c r="H50" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I50" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>9</v>
       </c>
       <c r="B51" t="s">
         <v>10</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="F51" t="s">
         <v>30</v>
       </c>
       <c r="G51" t="s">
         <v>29</v>
       </c>
       <c r="H51" t="s">
         <v>31</v>
       </c>
       <c r="I51" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>9</v>
       </c>
       <c r="B52" t="s">
         <v>10</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>19</v>
       </c>
       <c r="H52" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="I52" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>9</v>
       </c>
       <c r="B53" t="s">
         <v>10</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F53" t="s">
         <v>26</v>
       </c>
       <c r="G53" t="s">
         <v>23</v>
       </c>
       <c r="H53" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I53" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>9</v>
       </c>
       <c r="B54" t="s">
         <v>10</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F54" t="s">
         <v>14</v>
       </c>
       <c r="G54" t="s">
         <v>27</v>
       </c>
       <c r="H54" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="I54" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
         <v>9</v>
       </c>
       <c r="B55" t="s">
         <v>10</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F55" t="s">
         <v>29</v>
       </c>
       <c r="G55" t="s">
         <v>15</v>
       </c>
       <c r="H55" t="s">
         <v>31</v>
       </c>
       <c r="I55" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
         <v>9</v>
       </c>
       <c r="B56" t="s">
         <v>10</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="F56" t="s">
         <v>18</v>
       </c>
       <c r="G56" t="s">
         <v>30</v>
       </c>
       <c r="H56" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="I56" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>9</v>
       </c>
       <c r="B57" t="s">
         <v>10</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F57" t="s">
         <v>18</v>
       </c>
       <c r="G57" t="s">
         <v>29</v>
       </c>
       <c r="H57" t="s">
         <v>31</v>
       </c>
       <c r="I57" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>9</v>
       </c>
       <c r="B58" t="s">
         <v>10</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F58" t="s">
         <v>19</v>
       </c>
       <c r="G58" t="s">
         <v>26</v>
       </c>
       <c r="H58" t="s">
         <v>31</v>
       </c>
       <c r="I58" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>9</v>
       </c>
       <c r="B59" t="s">
         <v>10</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F59" t="s">
         <v>30</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59" t="s">
         <v>31</v>
       </c>
       <c r="I59" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>9</v>
       </c>
       <c r="B60" t="s">
         <v>10</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F60" t="s">
         <v>27</v>
       </c>
       <c r="G60" t="s">
         <v>15</v>
       </c>
       <c r="H60" t="s">
         <v>31</v>
       </c>
       <c r="I60" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>9</v>
       </c>
       <c r="B61" t="s">
         <v>10</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F61" t="s">
         <v>23</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I61" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>9</v>
       </c>
       <c r="B62" t="s">
         <v>10</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F62" t="s">
         <v>26</v>
       </c>
       <c r="G62" t="s">
         <v>30</v>
       </c>
       <c r="H62" t="s">
         <v>31</v>
       </c>
       <c r="I62" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>9</v>
       </c>
       <c r="B63" t="s">
         <v>10</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F63" t="s">
         <v>22</v>
       </c>
       <c r="G63" t="s">
         <v>18</v>
       </c>
       <c r="H63" t="s">
         <v>31</v>
       </c>
       <c r="I63" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>9</v>
       </c>
       <c r="B64" t="s">
         <v>10</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F64" t="s">
         <v>29</v>
       </c>
       <c r="G64" t="s">
         <v>27</v>
       </c>
       <c r="H64" t="s">
         <v>31</v>
       </c>
       <c r="I64" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>9</v>
       </c>
       <c r="B65" t="s">
         <v>10</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
         <v>23</v>
       </c>
       <c r="H65" t="s">
         <v>31</v>
       </c>
       <c r="I65" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>9</v>
       </c>
       <c r="B66" t="s">
         <v>10</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F66" t="s">
         <v>14</v>
       </c>
       <c r="G66" t="s">
         <v>19</v>
       </c>
       <c r="H66" t="s">
         <v>31</v>
       </c>
       <c r="I66" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
         <v>9</v>
       </c>
       <c r="B67" t="s">
         <v>10</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F67" t="s">
         <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>29</v>
       </c>
       <c r="H67" t="s">
         <v>31</v>
       </c>
       <c r="I67" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>9</v>
       </c>
       <c r="B68" t="s">
         <v>10</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F68" t="s">
         <v>18</v>
       </c>
       <c r="G68" t="s">
         <v>26</v>
       </c>
       <c r="H68" t="s">
         <v>31</v>
       </c>
       <c r="I68" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>9</v>
       </c>
       <c r="B69" t="s">
         <v>10</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F69" t="s">
         <v>23</v>
       </c>
       <c r="G69" t="s">
         <v>27</v>
       </c>
       <c r="H69" t="s">
         <v>31</v>
       </c>
       <c r="I69" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>9</v>
       </c>
       <c r="B70" t="s">
         <v>10</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F70" t="s">
         <v>19</v>
       </c>
       <c r="G70" t="s">
         <v>15</v>
       </c>
       <c r="H70" t="s">
         <v>31</v>
       </c>
       <c r="I70" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
         <v>9</v>
       </c>
       <c r="B71" t="s">
         <v>10</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="F71" t="s">
         <v>30</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>31</v>
       </c>
       <c r="I71" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
         <v>9</v>
       </c>
       <c r="B72" t="s">
         <v>10</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
         <v>30</v>
       </c>
       <c r="H72" t="s">
         <v>31</v>
       </c>
       <c r="I72" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
         <v>9</v>
       </c>
       <c r="B73" t="s">
         <v>10</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="F73" t="s">
         <v>14</v>
       </c>
       <c r="G73" t="s">
         <v>18</v>
       </c>
       <c r="H73" t="s">
         <v>31</v>
       </c>
       <c r="I73" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>9</v>
       </c>
       <c r="B74" t="s">
         <v>10</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="F74" t="s">
         <v>26</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74" t="s">
         <v>31</v>
       </c>
       <c r="I74" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
         <v>9</v>
       </c>
       <c r="B75" t="s">
         <v>10</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="F75" t="s">
         <v>29</v>
       </c>
       <c r="G75" t="s">
         <v>23</v>
       </c>
       <c r="H75" t="s">
         <v>31</v>
       </c>
       <c r="I75" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>9</v>
       </c>
       <c r="B76" t="s">
         <v>10</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="F76" t="s">
         <v>27</v>
       </c>
       <c r="G76" t="s">
         <v>19</v>
       </c>
       <c r="H76" t="s">
         <v>31</v>
       </c>
       <c r="I76" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>9</v>
       </c>
       <c r="B77" t="s">
         <v>10</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F77" t="s">
         <v>26</v>
       </c>
       <c r="G77" t="s">
         <v>29</v>
       </c>
       <c r="H77" t="s">
         <v>31</v>
       </c>
       <c r="I77" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>9</v>
       </c>
       <c r="B78" t="s">
         <v>10</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F78" t="s">
         <v>19</v>
       </c>
       <c r="G78" t="s">
         <v>23</v>
       </c>
       <c r="H78" t="s">
         <v>31</v>
       </c>
       <c r="I78" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>9</v>
       </c>
       <c r="B79" t="s">
         <v>10</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F79" t="s">
         <v>30</v>
       </c>
       <c r="G79" t="s">
         <v>27</v>
       </c>
       <c r="H79" t="s">
         <v>31</v>
       </c>
       <c r="I79" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>9</v>
       </c>
       <c r="B80" t="s">
         <v>10</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F80" t="s">
         <v>18</v>
       </c>
       <c r="G80" t="s">
         <v>15</v>
       </c>
       <c r="H80" t="s">
         <v>31</v>
       </c>
       <c r="I80" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
         <v>9</v>
       </c>
       <c r="B81" t="s">
         <v>10</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="F81" t="s">
         <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>31</v>
       </c>
       <c r="I81" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>9</v>
       </c>
       <c r="B82" t="s">
         <v>10</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="F82" t="s">
         <v>19</v>
       </c>
       <c r="G82" t="s">
         <v>29</v>
       </c>
       <c r="H82" t="s">
         <v>31</v>
       </c>
       <c r="I82" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>9</v>
       </c>
       <c r="B83" t="s">
         <v>10</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="F83" t="s">
         <v>14</v>
       </c>
       <c r="G83" t="s">
         <v>26</v>
       </c>
       <c r="H83" t="s">
         <v>31</v>
       </c>
       <c r="I83" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>9</v>
       </c>
       <c r="B84" t="s">
         <v>10</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="F84" t="s">
         <v>15</v>
       </c>
       <c r="G84" t="s">
         <v>22</v>
       </c>
       <c r="H84" t="s">
         <v>31</v>
       </c>
       <c r="I84" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>9</v>
       </c>
       <c r="B85" t="s">
         <v>10</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="F85" t="s">
         <v>27</v>
       </c>
       <c r="G85" t="s">
         <v>18</v>
       </c>
       <c r="H85" t="s">
         <v>31</v>
       </c>
       <c r="I85" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>9</v>
       </c>
       <c r="B86" t="s">
         <v>10</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="F86" t="s">
         <v>23</v>
       </c>
       <c r="G86" t="s">
         <v>30</v>
       </c>
       <c r="H86" t="s">
         <v>31</v>
       </c>
       <c r="I86" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>9</v>
       </c>
       <c r="B87" t="s">
         <v>10</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F87" t="s">
         <v>29</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>31</v>
       </c>
       <c r="I87" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>9</v>
       </c>
       <c r="B88" t="s">
         <v>10</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F88" t="s">
         <v>26</v>
       </c>
       <c r="G88" t="s">
         <v>15</v>
       </c>
       <c r="H88" t="s">
         <v>31</v>
       </c>
       <c r="I88" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>9</v>
       </c>
       <c r="B89" t="s">
         <v>10</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
       <c r="G89" t="s">
         <v>27</v>
       </c>
       <c r="H89" t="s">
         <v>31</v>
       </c>
       <c r="I89" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>9</v>
       </c>
       <c r="B90" t="s">
         <v>10</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F90" t="s">
         <v>18</v>
       </c>
       <c r="G90" t="s">
         <v>23</v>
       </c>
       <c r="H90" t="s">
         <v>31</v>
       </c>
       <c r="I90" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>9</v>
       </c>
       <c r="B91" t="s">
         <v>10</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="F91" t="s">
         <v>30</v>
       </c>
       <c r="G91" t="s">
         <v>19</v>
       </c>
       <c r="H91" t="s">
         <v>31</v>
       </c>
       <c r="I91" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>