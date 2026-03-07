--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>temporada</t>
   </si>
   <si>
     <t>esport</t>
   </si>
   <si>
     <t>categoria</t>
   </si>
   <si>
     <t>grup</t>
   </si>
   <si>
     <t>data</t>
   </si>
   <si>
     <t>local</t>
   </si>
   <si>
     <t>visitant</t>
   </si>
   <si>
     <t>pista</t>
   </si>
   <si>
@@ -101,111 +101,120 @@
   <si>
     <t>GARRIGA LA-Pav Can Noguera</t>
   </si>
   <si>
     <t>21:00</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>VETERANES ARGENTONA</t>
   </si>
   <si>
     <t>CB LES FRANQUESES</t>
   </si>
   <si>
     <t>ARGENTONA-Polisp Mcpal</t>
   </si>
   <si>
     <t>20:00</t>
   </si>
   <si>
     <t>15/12/2025</t>
   </si>
   <si>
+    <t>CORRO D AVALL - Espai Can Prat</t>
+  </si>
+  <si>
+    <t>16/12/2025</t>
+  </si>
+  <si>
+    <t>LLINARS- Pavello</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>AMETLLA DEL V-Pavello Mcpal</t>
+  </si>
+  <si>
+    <t>21:45</t>
+  </si>
+  <si>
+    <t>15/01/2026</t>
+  </si>
+  <si>
+    <t>13/01/2026</t>
+  </si>
+  <si>
+    <t>19/01/2026</t>
+  </si>
+  <si>
+    <t>26/01/2026</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>17/02/2026</t>
+  </si>
+  <si>
+    <t>24/03/2026</t>
+  </si>
+  <si>
+    <t>05/03/2026</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>20:20</t>
+  </si>
+  <si>
+    <t>26/02/2026</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
+  </si>
+  <si>
+    <t>09/03/2026</t>
+  </si>
+  <si>
+    <t>12/03/2026</t>
+  </si>
+  <si>
+    <t>10/03/2026</t>
+  </si>
+  <si>
+    <t>13/04/2026</t>
+  </si>
+  <si>
+    <t>16/04/2026</t>
+  </si>
+  <si>
     <t>CORRO AVALL-Pavello</t>
-  </si>
-[...58 lines deleted...]
-    <t>16/04/2026</t>
   </si>
   <si>
     <t>05/05/2026</t>
   </si>
   <si>
     <t>07/05/2026</t>
   </si>
   <si>
     <t>21/05/2026</t>
   </si>
   <si>
     <t>18/05/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -949,515 +958,515 @@
       </c>
       <c r="G14" t="s">
         <v>24</v>
       </c>
       <c r="H14" t="s">
         <v>16</v>
       </c>
       <c r="I14" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>9</v>
       </c>
       <c r="B15" t="s">
         <v>10</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
         <v>19</v>
       </c>
       <c r="H15" t="s">
         <v>31</v>
       </c>
       <c r="I15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>9</v>
       </c>
       <c r="B16" t="s">
         <v>10</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>25</v>
       </c>
       <c r="H16" t="s">
         <v>33</v>
       </c>
       <c r="I16" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>9</v>
       </c>
       <c r="B17" t="s">
         <v>10</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>31</v>
       </c>
       <c r="I17" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>9</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
         <v>19</v>
       </c>
       <c r="H18" t="s">
         <v>33</v>
       </c>
       <c r="I18" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
         <v>9</v>
       </c>
       <c r="B19" t="s">
         <v>10</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>25</v>
       </c>
       <c r="G19" t="s">
         <v>24</v>
       </c>
       <c r="H19" t="s">
         <v>29</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>9</v>
       </c>
       <c r="B20" t="s">
         <v>10</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F20" t="s">
         <v>19</v>
       </c>
       <c r="G20" t="s">
         <v>25</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>9</v>
       </c>
       <c r="B21" t="s">
         <v>10</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F21" t="s">
         <v>24</v>
       </c>
       <c r="G21" t="s">
         <v>15</v>
       </c>
       <c r="H21" t="s">
         <v>26</v>
       </c>
       <c r="I21" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>9</v>
       </c>
       <c r="B22" t="s">
         <v>10</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>14</v>
       </c>
       <c r="G22" t="s">
         <v>20</v>
       </c>
       <c r="H22" t="s">
         <v>16</v>
       </c>
       <c r="I22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>9</v>
       </c>
       <c r="B23" t="s">
         <v>10</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>19</v>
       </c>
       <c r="G23" t="s">
         <v>24</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>9</v>
       </c>
       <c r="B24" t="s">
         <v>10</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>15</v>
       </c>
       <c r="H24" t="s">
         <v>33</v>
       </c>
       <c r="I24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>9</v>
       </c>
       <c r="B25" t="s">
         <v>10</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>14</v>
       </c>
       <c r="G25" t="s">
         <v>25</v>
       </c>
       <c r="H25" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>9</v>
       </c>
       <c r="B26" t="s">
         <v>10</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
         <v>25</v>
       </c>
       <c r="H26" t="s">
         <v>31</v>
       </c>
       <c r="I26" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>9</v>
       </c>
       <c r="B27" t="s">
         <v>10</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F27" t="s">
         <v>14</v>
       </c>
       <c r="G27" t="s">
         <v>19</v>
       </c>
       <c r="H27" t="s">
         <v>16</v>
       </c>
       <c r="I27" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>9</v>
       </c>
       <c r="B28" t="s">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
         <v>24</v>
       </c>
       <c r="H28" t="s">
         <v>33</v>
       </c>
       <c r="I28" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>9</v>
       </c>
       <c r="B29" t="s">
         <v>10</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F29" t="s">
         <v>24</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>26</v>
       </c>
       <c r="I29" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>9</v>
       </c>
       <c r="B30" t="s">
         <v>10</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F30" t="s">
         <v>19</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>9</v>
       </c>
       <c r="B31" t="s">
         <v>10</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="G31" t="s">
         <v>20</v>
       </c>
       <c r="H31" t="s">
         <v>29</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>